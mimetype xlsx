--- v0 (2026-01-25)
+++ v1 (2026-03-27)
@@ -923,51 +923,51 @@
       <c r="B4" s="73" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="C4" s="79" t="n"/>
       <c r="D4" s="73" t="inlineStr">
         <is>
           <t>Surface :</t>
         </is>
       </c>
       <c r="E4" s="80" t="n">
         <v>62.042</v>
       </c>
       <c r="F4" s="31" t="n"/>
       <c r="G4" s="79" t="n"/>
     </row>
     <row r="5">
       <c r="A5" s="73" t="inlineStr">
         <is>
           <t xml:space="preserve">Date de valeur : </t>
         </is>
       </c>
       <c r="B5" s="73" t="inlineStr">
         <is>
-          <t>25/01/2026</t>
+          <t>27/03/2026</t>
         </is>
       </c>
       <c r="C5" s="79" t="n"/>
       <c r="D5" s="73" t="inlineStr">
         <is>
           <t>Expert :</t>
         </is>
       </c>
       <c r="E5" s="73" t="inlineStr">
         <is>
           <t>Goutorbe Benjamin</t>
         </is>
       </c>
       <c r="F5" s="31" t="n"/>
       <c r="G5" s="79" t="n"/>
     </row>
     <row r="7">
       <c r="A7" s="17" t="inlineStr">
         <is>
           <t>1. Valeur du fonds</t>
         </is>
       </c>
       <c r="B7" s="18" t="n"/>
       <c r="C7" s="18" t="n"/>
       <c r="D7" s="18" t="n"/>