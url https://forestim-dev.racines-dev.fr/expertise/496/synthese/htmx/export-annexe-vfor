--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -297,74 +297,74 @@
               <w:t>Valeur ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1077"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>nan</w:t>
+              <w:t>BE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10,14 ha</w:t>
+              <w:t>9,54 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,00</w:t>
             </w:r>
           </w:p>
@@ -389,97 +389,97 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1247"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30,20 €/ha</w:t>
+              <w:t>5 000,00 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1587"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>306,31 €</w:t>
+              <w:t>47 707,50 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1984"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30,20 €/ha</w:t>
+              <w:t>5 000,00 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="737D6E"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Valeur du taillis :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:type="auto" w:w="0"/>
         <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -623,190 +623,50 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="879B82"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Valeur ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
-              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
-[...138 lines deleted...]
-              <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Conso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
@@ -902,272 +762,387 @@
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>862,50 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:shd w:fill="F2F4F1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>VALEUR FORFAITAIRE PEUPLEMENT TAILLIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="737D6E"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Valeur de la régénération :</w:t>
+        <w:t>Valeur du taillis :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:type="auto" w:w="0"/>
         <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2160"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:tblHeader w:val="true"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2211"/>
+            <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="879B82"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Strate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2154"/>
+            <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="879B82"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Surface</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2381"/>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Stere/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1191"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="879B82"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Valeur</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2098"/>
+            <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="879B82"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Valeur ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2211"/>
+            <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>nan</w:t>
+              <w:t>TAILLIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2154"/>
+            <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10,14 ha</w:t>
+              <w:t>0,60 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2381"/>
+            <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12 678,50 €</w:t>
+              <w:t>92,76 st/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="2098"/>
+            <w:tcW w:type="dxa" w:w="1191"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 250,00 €/ha</w:t>
+              <w:t>15,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>836,66 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 391,42 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...3 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>