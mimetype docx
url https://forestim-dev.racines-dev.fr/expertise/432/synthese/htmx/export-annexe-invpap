--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -62,50 +62,3358 @@
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t>FRASNAY</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="4B5A4B"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Valeur de consommation par inventaire pied à pied</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:shd w:fill="F2F4F1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>SYNTHESE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4320"/>
+        <w:gridCol w:w="4320"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Volume total : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>352 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valeur totale : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45 867,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Volume unitaire : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,82 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prix unitaire : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>130,23 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Surface totale : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>6,5491 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Volume /ha : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>54 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Synthèse par classe de diamètre :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Classe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>VU</w:t>
+              <w:br/>
+              <w:t>[m³/tige]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+              <w:br/>
+              <w:t>[€/m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Volume</w:t>
+              <w:br/>
+              <w:t>[m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur</w:t>
+              <w:br/>
+              <w:t>[€]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Vol/ha</w:t>
+              <w:br/>
+              <w:t>[m³/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur/ha</w:t>
+              <w:br/>
+              <w:t>[€/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30 à 40 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0,90 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>66,40 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>38 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 519,10 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>6 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>384,65 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45 à 65 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,91 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>134,27 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>266 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>35 715,80 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>41 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5 453,54 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70 cm et +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>4,02 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>158,15 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>48 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 632,10 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 165,37 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Synthèse par essence :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Essence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>VU</w:t>
+              <w:br/>
+              <w:t>[m³/tige]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+              <w:br/>
+              <w:t>[€/m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Volume</w:t>
+              <w:br/>
+              <w:t>[m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur</w:t>
+              <w:br/>
+              <w:t>[€]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Vol/ha</w:t>
+              <w:br/>
+              <w:t>[m³/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur/ha</w:t>
+              <w:br/>
+              <w:t>[€/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Châtaignier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,95 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>40,00 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>311,60 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>47,58 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,60 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>149,28 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>256 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>38 148,20 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>39 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5 824,95 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Douglas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3,06 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>83,37 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>89 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 407,20 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>14 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 131,03 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Synthèse par essence, par classe :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Essence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Classe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>VU</w:t>
+              <w:br/>
+              <w:t>[m³/tige]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+              <w:br/>
+              <w:t>[€/m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Volume</w:t>
+              <w:br/>
+              <w:t>[m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur</w:t>
+              <w:br/>
+              <w:t>[€]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Vol/ha</w:t>
+              <w:br/>
+              <w:t>[m³/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur/ha</w:t>
+              <w:br/>
+              <w:t>[€/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30 à 40 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0,87 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>65,17 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>33 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 163,60 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>330,37 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45 à 65 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,74 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>150,83 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>200 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30 166,20 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>31 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>4 606,16 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70 cm et +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3,19 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>260,33 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>22 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5 818,40 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>888,43 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Douglas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30 à 40 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,18 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>75,00 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>355,50 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>54,28 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Douglas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45 à 65 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,91 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>90,00 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>58 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5 238,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>9 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>799,80 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Douglas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70 cm et +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5,18 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70,00 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>26 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 813,70 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>4 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>276,94 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Châtaignier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45 à 65 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,95 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>40,00 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>311,60 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>47,58 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:shd w:fill="F2F4F1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>STRATE 1 : 73% Chêne, 25% Douglas, 2% autres</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:type="auto" w:w="0"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>