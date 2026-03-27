--- v0 (2025-12-06)
+++ v1 (2026-03-27)
@@ -1562,120 +1562,120 @@
               <w:t>Valeur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>24_B</w:t>
+              <w:t>13_D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,50 ha</w:t>
+              <w:t>3,11 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PLA-06-055</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -1700,191 +1700,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-274,84 €/ha</w:t>
+              <w:t>10 892,12 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-687,10 €</w:t>
+              <w:t>33 874,49 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12_B</w:t>
+              <w:t>24_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,81 ha</w:t>
+              <w:t>2,50 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>PLA-06-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -1909,191 +1909,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12 176,09 €/ha</w:t>
+              <w:t>-274,84 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>107 271,35 €</w:t>
+              <w:t>-687,10 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>05_C</w:t>
+              <w:t>12_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,80 ha</w:t>
+              <w:t>8,81 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -2118,191 +2118,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 839,06 €/ha</w:t>
+              <w:t>12 176,09 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>18 271,25 €</w:t>
+              <w:t>107 271,35 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>08_A</w:t>
+              <w:t>10_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,99 ha</w:t>
+              <w:t>13,22 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -2350,168 +2350,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12 517,39 €/ha</w:t>
+              <w:t>11 201,32 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>37 427,00 €</w:t>
+              <w:t>148 081,45 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>13_F</w:t>
+              <w:t>05_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,31 ha</w:t>
+              <w:t>0,80 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -2536,191 +2536,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 078,58 €/ha</w:t>
+              <w:t>22 839,06 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 120,10 €</w:t>
+              <w:t>18 271,25 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>19_C</w:t>
+              <w:t>05_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,68 ha</w:t>
+              <w:t>5,12 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -2768,377 +2768,377 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 091,67 €/ha</w:t>
+              <w:t>10 952,72 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 822,34 €</w:t>
+              <w:t>56 077,93 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>07_A</w:t>
+              <w:t>03_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6,04 ha</w:t>
+              <w:t>14,94 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 876,80 €/ha</w:t>
+              <w:t>4 765,30 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>53 615,87 €</w:t>
+              <w:t>71 193,58 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16_C</w:t>
+              <w:t>08_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,15 ha</w:t>
+              <w:t>2,99 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -3163,191 +3163,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 065,48 €/ha</w:t>
+              <w:t>12 517,39 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>26 087,22 €</w:t>
+              <w:t>37 427,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>31_B</w:t>
+              <w:t>11_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,45 ha</w:t>
+              <w:t>0,58 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -3372,191 +3372,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 839,06 €/ha</w:t>
+              <w:t>10 590,46 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 277,58 €</w:t>
+              <w:t>6 142,47 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10_D</w:t>
+              <w:t>14_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,58 ha</w:t>
+              <w:t>7,10 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -3581,145 +3581,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 344,29 €/ha</w:t>
+              <w:t>24 182,54 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 839,69 €</w:t>
+              <w:t>171 696,03 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>09_A</w:t>
+              <w:t>06_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,92 ha</w:t>
+              <w:t>5,79 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
@@ -3836,145 +3836,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>12 517,39 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>99 137,73 €</w:t>
+              <w:t>72 475,69 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>32_C</w:t>
+              <w:t>13_F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,37 ha</w:t>
+              <w:t>3,31 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>44</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -3999,191 +3999,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14 699,39 €/ha</w:t>
+              <w:t>6 078,58 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>64 236,33 €</w:t>
+              <w:t>20 120,10 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29_A</w:t>
+              <w:t>09_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,36 ha</w:t>
+              <w:t>4,03 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -4208,191 +4208,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 839,06 €/ha</w:t>
+              <w:t>8 344,29 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>122 417,36 €</w:t>
+              <w:t>33 627,49 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15_A</w:t>
+              <w:t>19_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,99 ha</w:t>
+              <w:t>0,68 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -4417,191 +4417,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 839,06 €/ha</w:t>
+              <w:t>7 091,67 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>113 966,91 €</w:t>
+              <w:t>4 822,34 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22_C</w:t>
+              <w:t>07_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,62 ha</w:t>
+              <w:t>6,04 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -4626,191 +4626,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 078,58 €/ha</w:t>
+              <w:t>8 876,80 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>28 083,04 €</w:t>
+              <w:t>53 615,87 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16_B</w:t>
+              <w:t>27_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,46 ha</w:t>
+              <w:t>1,86 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>SVA-##-070</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -4835,191 +4835,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 015,02 €/ha</w:t>
+              <w:t>5 065,48 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14 796,95 €</w:t>
+              <w:t>9 421,79 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>01_A</w:t>
+              <w:t>16_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,21 ha</w:t>
+              <w:t>5,15 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -5044,191 +5044,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 839,06 €/ha</w:t>
+              <w:t>5 065,48 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>27 635,26 €</w:t>
+              <w:t>26 087,22 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>07_B</w:t>
+              <w:t>35_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9,81 ha</w:t>
+              <w:t>3,56 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -5253,191 +5253,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 876,80 €/ha</w:t>
+              <w:t>21 158,46 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>87 081,41 €</w:t>
+              <w:t>75 324,12 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>32_B</w:t>
+              <w:t>34_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10,11 ha</w:t>
+              <w:t>2,17 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>44</w:t>
+              <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -5462,191 +5462,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>19 890,96 €/ha</w:t>
+              <w:t>22 839,06 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>201 097,61 €</w:t>
+              <w:t>49 560,76 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21_D</w:t>
+              <w:t>31_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,60 ha</w:t>
+              <w:t>0,45 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>SPE-10-070</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -5671,191 +5671,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 198,20 €/ha</w:t>
+              <w:t>22 839,06 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 313,52 €</w:t>
+              <w:t>10 277,58 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17_C</w:t>
+              <w:t>10_D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,08 ha</w:t>
+              <w:t>0,58 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -5880,191 +5880,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 065,48 €/ha</w:t>
+              <w:t>8 344,29 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 667,16 €</w:t>
+              <w:t>4 839,69 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>33_B</w:t>
+              <w:t>09_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,67 ha</w:t>
+              <w:t>7,92 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -6089,191 +6089,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21 158,46 €/ha</w:t>
+              <w:t>12 517,39 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14 176,17 €</w:t>
+              <w:t>99 137,73 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>36_B</w:t>
+              <w:t>32_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,43 ha</w:t>
+              <w:t>4,37 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>34</w:t>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -6298,191 +6298,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21 243,56 €/ha</w:t>
+              <w:t>14 699,39 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>115 352,53 €</w:t>
+              <w:t>64 236,33 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>13_D</w:t>
+              <w:t>20_D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,11 ha</w:t>
+              <w:t>3,81 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>SPE-10-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -6507,191 +6507,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 892,12 €/ha</w:t>
+              <w:t>1 198,20 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>33 874,49 €</w:t>
+              <w:t>4 565,14 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10_A</w:t>
+              <w:t>02_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>13,22 ha</w:t>
+              <w:t>19,85 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -6716,191 +6716,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11 201,32 €/ha</w:t>
+              <w:t>7 722,12 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>148 081,45 €</w:t>
+              <w:t>153 284,08 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>05_A</w:t>
+              <w:t>29_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,12 ha</w:t>
+              <w:t>5,36 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -6925,400 +6925,400 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 952,72 €/ha</w:t>
+              <w:t>22 839,06 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>56 077,93 €</w:t>
+              <w:t>122 417,36 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>03_A</w:t>
+              <w:t>15_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14,94 ha</w:t>
+              <w:t>4,99 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 765,30 €/ha</w:t>
+              <w:t>22 839,06 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>71 193,58 €</w:t>
+              <w:t>113 966,91 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11_C</w:t>
+              <w:t>22_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,58 ha</w:t>
+              <w:t>4,62 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -7343,191 +7343,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 590,46 €/ha</w:t>
+              <w:t>6 078,58 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 142,47 €</w:t>
+              <w:t>28 083,04 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14_A</w:t>
+              <w:t>33_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,10 ha</w:t>
+              <w:t>0,71 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -7552,191 +7552,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>24 182,54 €/ha</w:t>
+              <w:t>5 065,48 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>171 696,03 €</w:t>
+              <w:t>3 596,49 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>06_B</w:t>
+              <w:t>23_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,79 ha</w:t>
+              <w:t>4,58 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -7761,191 +7761,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12 517,39 €/ha</w:t>
+              <w:t>6 078,58 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>72 475,69 €</w:t>
+              <w:t>27 839,90 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>09_C</w:t>
+              <w:t>16_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,03 ha</w:t>
+              <w:t>2,46 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>SVA-##-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -7993,168 +7993,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 344,29 €/ha</w:t>
+              <w:t>6 015,02 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>33 627,49 €</w:t>
+              <w:t>14 796,95 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>27_B</w:t>
+              <w:t>01_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,86 ha</w:t>
+              <w:t>1,21 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -8179,191 +8179,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 065,48 €/ha</w:t>
+              <w:t>22 839,06 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 421,79 €</w:t>
+              <w:t>27 635,26 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35_B</w:t>
+              <w:t>30_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,56 ha</w:t>
+              <w:t>3,61 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -8388,191 +8388,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21 158,46 €/ha</w:t>
+              <w:t>21 495,59 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>75 324,12 €</w:t>
+              <w:t>77 599,08 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>34_B</w:t>
+              <w:t>06_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,17 ha</w:t>
+              <w:t>16,19 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -8597,191 +8597,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 839,06 €/ha</w:t>
+              <w:t>9 728,91 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>49 560,76 €</w:t>
+              <w:t>157 511,05 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20_D</w:t>
+              <w:t>07_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,81 ha</w:t>
+              <w:t>9,81 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>SPE-10-070</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -8806,191 +8806,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 198,20 €/ha</w:t>
+              <w:t>8 876,80 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 565,14 €</w:t>
+              <w:t>87 081,41 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>02_A</w:t>
+              <w:t>32_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>19,85 ha</w:t>
+              <w:t>10,11 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -9015,168 +9015,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 722,12 €/ha</w:t>
+              <w:t>19 890,96 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>153 284,08 €</w:t>
+              <w:t>201 097,61 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>33_C</w:t>
+              <w:t>21_D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,71 ha</w:t>
+              <w:t>3,60 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>SPE-10-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
@@ -9247,168 +9247,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 065,48 €/ha</w:t>
+              <w:t>1 198,20 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 596,49 €</w:t>
+              <w:t>4 313,52 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23_C</w:t>
+              <w:t>08_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,58 ha</w:t>
+              <w:t>17,02 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -9433,191 +9433,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 078,58 €/ha</w:t>
+              <w:t>12 517,39 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>27 839,90 €</w:t>
+              <w:t>213 045,98 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30_A</w:t>
+              <w:t>17_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,61 ha</w:t>
+              <w:t>4,08 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -9642,191 +9642,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21 495,59 €/ha</w:t>
+              <w:t>5 065,48 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>77 599,08 €</w:t>
+              <w:t>20 667,16 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>06_A</w:t>
+              <w:t>13_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16,19 ha</w:t>
+              <w:t>1,15 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>SVA-##-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -9874,168 +9874,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 728,91 €/ha</w:t>
+              <w:t>6 015,02 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>157 511,05 €</w:t>
+              <w:t>6 917,27 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>08_B</w:t>
+              <w:t>33_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17,02 ha</w:t>
+              <w:t>0,67 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -10060,191 +10060,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12 517,39 €/ha</w:t>
+              <w:t>21 158,46 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>213 045,98 €</w:t>
+              <w:t>14 176,17 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>13_C</w:t>
+              <w:t>31_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,15 ha</w:t>
+              <w:t>0,29 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>SVA-##-070</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -10269,191 +10269,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 015,02 €/ha</w:t>
+              <w:t>5 065,48 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 917,27 €</w:t>
+              <w:t>1 468,99 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>31_C</w:t>
+              <w:t>10_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,29 ha</w:t>
+              <w:t>3,06 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>SPE-10-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -10501,168 +10501,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 065,48 €/ha</w:t>
+              <w:t>1 379,34 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 468,99 €</w:t>
+              <w:t>4 220,78 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10_C</w:t>
+              <w:t>36_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,06 ha</w:t>
+              <w:t>5,43 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>SPE-10-070</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -10687,97 +10687,97 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 379,34 €/ha</w:t>
+              <w:t>21 243,56 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 220,78 €</w:t>
+              <w:t>115 352,53 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>