--- v0 (2025-12-06)
+++ v1 (2026-03-27)
@@ -1002,50 +1002,677 @@
               <w:t>Valeur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>01_03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>9,95 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PMA-##-042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>10 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 629,64 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>75 914,92 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>01_04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>16,22 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PMA-##-042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>6 781,90 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>110 002,42 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>02_02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>11,40 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PMA-##-042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>10 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 070,44 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>80 603,02 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>02_03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5,59 ha</w:t>
             </w:r>
@@ -1187,50 +1814,1095 @@
               </w:rPr>
               <w:t>7 205,77 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>40 280,25 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>02_04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3,01 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PMA-##-042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>25 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 987,98 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8 993,82 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>03_01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5,86 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PMA-##-042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>10 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 629,64 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>44 709,69 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>03_02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>11,98 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PMA-##-042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>10 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 946,60 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>95 200,27 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>03_03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5,93 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PMA-##-042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>25 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 987,98 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>17 718,72 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>04_01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,31 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PMA-##-042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 244,48 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>16 734,75 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>04_03</w:t>
@@ -1420,120 +3092,120 @@
               <w:t>5 538,81 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>01_03</w:t>
+              <w:t>05_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9,95 ha</w:t>
+              <w:t>4,53 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>PMA-##-042</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -1558,515 +3230,97 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 629,64 €/ha</w:t>
+              <w:t>7 440,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>75 914,92 €</w:t>
-[...417 lines deleted...]
-              <w:t>110 002,42 €</w:t>
+              <w:t>33 704,47 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>05_03</w:t>
@@ -2242,1388 +3496,134 @@
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15 187,72 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
-              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
-[...1252 lines deleted...]
-              <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>02_02</w:t>
+              <w:t>06_03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11,40 ha</w:t>
+              <w:t>3,90 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>PMA-##-042</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -3671,74 +3671,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 070,44 €/ha</w:t>
+              <w:t>6 426,98 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>80 603,02 €</w:t>
+              <w:t>25 065,22 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>