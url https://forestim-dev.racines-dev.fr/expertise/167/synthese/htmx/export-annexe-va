--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -2402,120 +2402,120 @@
               <w:t>Valeur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>18_C</w:t>
+              <w:t>26_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,54 ha</w:t>
+              <w:t>0,38 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -2540,191 +2540,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 425,14 €/ha</w:t>
+              <w:t>15 564,06 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>154 005,56 €</w:t>
+              <w:t>5 914,34 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>26_C</w:t>
+              <w:t>09_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,38 ha</w:t>
+              <w:t>4,00 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>44</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -2772,168 +2772,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 564,06 €/ha</w:t>
+              <w:t>9 387,32 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 914,34 €</w:t>
+              <w:t>37 549,28 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35_C</w:t>
+              <w:t>08_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,67 ha</w:t>
+              <w:t>10,72 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -2981,168 +2981,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17 520,29 €/ha</w:t>
+              <w:t>21 635,62 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>81 819,75 €</w:t>
+              <w:t>231 933,85 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>09_B</w:t>
+              <w:t>35_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,00 ha</w:t>
+              <w:t>2,19 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -3190,168 +3190,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 387,32 €/ha</w:t>
+              <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>37 549,28 €</w:t>
+              <w:t>50 322,43 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>08_A</w:t>
+              <w:t>20_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10,72 ha</w:t>
+              <w:t>6,23 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>38</w:t>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -3376,191 +3376,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21 635,62 €/ha</w:t>
+              <w:t>20 425,14 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>231 933,85 €</w:t>
+              <w:t>127 248,62 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35_A</w:t>
+              <w:t>37_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,19 ha</w:t>
+              <w:t>7,81 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -3608,168 +3608,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 978,28 €/ha</w:t>
+              <w:t>22 814,98 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 322,43 €</w:t>
+              <w:t>178 184,99 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35_D</w:t>
+              <w:t>28_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,36 ha</w:t>
+              <w:t>0,24 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -3794,145 +3794,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 104,77 €/ha</w:t>
+              <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 917,72 €</w:t>
+              <w:t>5 514,79 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>19_B</w:t>
+              <w:t>27_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12,26 ha</w:t>
+              <w:t>4,23 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
@@ -4049,99 +4049,99 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>281 713,71 €</w:t>
+              <w:t>97 198,12 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20_A</w:t>
+              <w:t>04_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6,23 ha</w:t>
+              <w:t>0,50 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
@@ -4212,168 +4212,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 425,14 €/ha</w:t>
+              <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>127 248,62 €</w:t>
+              <w:t>11 489,14 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>06_B</w:t>
+              <w:t>36_F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,72 ha</w:t>
+              <w:t>0,46 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>PLA-06-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
@@ -4398,423 +4398,423 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 632,39 €/ha</w:t>
+              <w:t>-122,74 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 952,50 €</w:t>
+              <w:t>-56,46 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>13_A</w:t>
+              <w:t>36_E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,38 ha</w:t>
+              <w:t>7,64 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>ERS-##-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>46</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23 594,25 €/ha</w:t>
+              <w:t>2 284,88 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 965,82 €</w:t>
+              <w:t>17 456,48 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>37_A</w:t>
+              <w:t>12_D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,81 ha</w:t>
+              <w:t>2,46 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -4839,145 +4839,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 814,98 €/ha</w:t>
+              <w:t>4 172,14 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>178 184,99 €</w:t>
+              <w:t>10 263,46 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23_A</w:t>
+              <w:t>25_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11,31 ha</w:t>
+              <w:t>0,86 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
@@ -5094,145 +5094,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>259 884,35 €</w:t>
+              <w:t>19 761,32 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21_B</w:t>
+              <w:t>20_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,94 ha</w:t>
+              <w:t>0,51 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -5257,191 +5257,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 978,28 €/ha</w:t>
+              <w:t>9 801,16 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>90 534,42 €</w:t>
+              <w:t>4 998,59 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>09_C</w:t>
+              <w:t>26_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>53,24 ha</w:t>
+              <w:t>4,34 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -5489,377 +5489,377 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17 520,29 €/ha</w:t>
+              <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>932 780,24 €</w:t>
+              <w:t>99 725,74 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11_B</w:t>
+              <w:t>30_D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,62 ha</w:t>
+              <w:t>0,30 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 632,39 €/ha</w:t>
+              <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>42 918,83 €</w:t>
+              <w:t>6 893,48 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>28_A</w:t>
+              <w:t>12_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,24 ha</w:t>
+              <w:t>0,41 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -5884,168 +5884,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 978,28 €/ha</w:t>
+              <w:t>4 172,14 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 514,79 €</w:t>
+              <w:t>1 710,58 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>06_B</w:t>
+              <w:t>36_E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,72 ha</w:t>
+              <w:t>7,64 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>CHE-02-120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
@@ -6070,168 +6070,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>580,04 €/ha</w:t>
+              <w:t>257,41 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 157,75 €</w:t>
+              <w:t>1 966,58 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>27_A</w:t>
+              <w:t>18_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,23 ha</w:t>
+              <w:t>7,54 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
@@ -6302,191 +6302,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 978,28 €/ha</w:t>
+              <w:t>20 425,14 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>97 198,12 €</w:t>
+              <w:t>154 005,56 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>04_B</w:t>
+              <w:t>35_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,50 ha</w:t>
+              <w:t>4,67 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -6534,168 +6534,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 978,28 €/ha</w:t>
+              <w:t>17 520,29 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11 489,14 €</w:t>
+              <w:t>81 819,75 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>36_A</w:t>
+              <w:t>35_D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,02 ha</w:t>
+              <w:t>0,36 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PLA-06-055</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -6720,145 +6720,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 879,94 €/ha</w:t>
+              <w:t>8 104,77 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 217,18 €</w:t>
+              <w:t>2 917,72 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>24_B</w:t>
+              <w:t>19_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,77 ha</w:t>
+              <w:t>12,26 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
@@ -6975,122 +6975,122 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>86 628,12 €</w:t>
+              <w:t>281 713,71 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>36_F</w:t>
+              <w:t>06_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,46 ha</w:t>
+              <w:t>3,72 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PLA-06-055</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
@@ -7115,632 +7115,632 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-122,74 €/ha</w:t>
+              <w:t>5 632,39 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-56,46 €</w:t>
+              <w:t>20 952,50 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>36_E</w:t>
+              <w:t>13_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,64 ha</w:t>
+              <w:t>0,38 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ERS-##-070</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 284,88 €/ha</w:t>
+              <w:t>23 594,25 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17 456,48 €</w:t>
+              <w:t>8 965,82 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11_B</w:t>
+              <w:t>23_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,62 ha</w:t>
+              <w:t>11,31 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>580,04 €/ha</w:t>
+              <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 419,90 €</w:t>
+              <w:t>259 884,35 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12_D</w:t>
+              <w:t>21_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,46 ha</w:t>
+              <w:t>3,94 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -7765,191 +7765,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 172,14 €/ha</w:t>
+              <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 263,46 €</w:t>
+              <w:t>90 534,42 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22_B</w:t>
+              <w:t>09_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,91 ha</w:t>
+              <w:t>53,24 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -7997,586 +7997,586 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 978,28 €/ha</w:t>
+              <w:t>17 520,29 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>43 888,51 €</w:t>
+              <w:t>932 780,24 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25_B</w:t>
+              <w:t>11_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,86 ha</w:t>
+              <w:t>7,62 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 978,28 €/ha</w:t>
+              <w:t>5 632,39 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>19 761,32 €</w:t>
+              <w:t>42 918,83 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20_C</w:t>
+              <w:t>06_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,51 ha</w:t>
+              <w:t>3,72 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 801,16 €/ha</w:t>
+              <w:t>580,04 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 998,59 €</w:t>
+              <w:t>2 157,75 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>26_A</w:t>
+              <w:t>36_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,34 ha</w:t>
+              <w:t>7,02 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>PLA-06-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -8624,122 +8624,122 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 978,28 €/ha</w:t>
+              <w:t>2 879,94 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>99 725,74 €</w:t>
+              <w:t>20 217,18 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30_D</w:t>
+              <w:t>24_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,30 ha</w:t>
+              <w:t>3,77 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
@@ -8856,122 +8856,122 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 893,48 €</w:t>
+              <w:t>86 628,12 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12_C</w:t>
+              <w:t>11_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,41 ha</w:t>
+              <w:t>7,62 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
@@ -8996,214 +8996,214 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 172,14 €/ha</w:t>
+              <w:t>580,04 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 710,58 €</w:t>
+              <w:t>4 419,90 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16_B</w:t>
+              <w:t>22_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,46 ha</w:t>
+              <w:t>1,91 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -9251,168 +9251,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 814,98 €/ha</w:t>
+              <w:t>22 978,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>170 199,75 €</w:t>
+              <w:t>43 888,51 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>08_C</w:t>
+              <w:t>16_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,59 ha</w:t>
+              <w:t>7,46 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -9460,354 +9460,354 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17 520,29 €/ha</w:t>
+              <w:t>22 814,98 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>27 857,26 €</w:t>
+              <w:t>170 199,75 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>06_B</w:t>
+              <w:t>08_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,72 ha</w:t>
+              <w:t>1,59 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHR-04-060</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>17 520,29 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>27 857,26 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12_A</w:t>
+              <w:t>06_B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,96 ha</w:t>
+              <w:t>3,72 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-14-060</w:t>
+              <w:t>CHR-04-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
@@ -9832,214 +9832,214 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1134"/>
-[...21 lines deleted...]
-          <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 172,14 €/ha</w:t>
+              <w:t>0,00 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>24 865,95 €</w:t>
+              <w:t>0,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>34_A</w:t>
+              <w:t>12_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,84 ha</w:t>
+              <w:t>5,96 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>53</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
@@ -10064,306 +10064,306 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23 552,22 €/ha</w:t>
+              <w:t>4 172,14 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>66 888,30 €</w:t>
+              <w:t>24 865,95 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>36_E</w:t>
+              <w:t>34_A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,64 ha</w:t>
+              <w:t>2,84 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHE-02-120</w:t>
+              <w:t>DOU-14-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>257,41 €/ha</w:t>
+              <w:t>23 552,22 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 966,58 €</w:t>
+              <w:t>66 888,30 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11_B</w:t>