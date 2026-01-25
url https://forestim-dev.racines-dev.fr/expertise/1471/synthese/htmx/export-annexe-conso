--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -145,51 +145,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur totale : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>713 862,15 €</w:t>
+              <w:t>570 059,23 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume unitaire : </w:t>
             </w:r>
             <w:r>
@@ -205,51 +205,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prix unitaire : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>67,79 €/m³</w:t>
+              <w:t>54,13 €/m³</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume /ha : </w:t>
             </w:r>
             <w:r>
@@ -265,51 +265,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur /ha : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 951,34 €/ha</w:t>
+              <w:t>7 148,15 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface totale : </w:t>
             </w:r>
             <w:r>
@@ -394,51 +394,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur totale : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>406,328.60 €</w:t>
+              <w:t>319,455.13 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume unitaire : </w:t>
             </w:r>
             <w:r>
@@ -454,51 +454,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prix unitaire : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>62.74 €</w:t>
+              <w:t>49.33 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume /ha : </w:t>
             </w:r>
             <w:r>
@@ -514,51 +514,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur /ha : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 726,80 €/ha</w:t>
+              <w:t>6 861,00 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface totale : </w:t>
             </w:r>
             <w:r>
@@ -902,74 +902,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>80</w:t>
+              <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 607,20 €</w:t>
+              <w:t>1 205,40 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne</w:t>
@@ -1065,74 +1065,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>160</w:t>
+              <w:t>145</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14 840,00 €</w:t>
+              <w:t>13 448,75 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne brogneux</w:t>
@@ -1228,74 +1228,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 411,20 €</w:t>
+              <w:t>3 676,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne brogneux</w:t>
@@ -1391,74 +1391,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>120</w:t>
+              <w:t>110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>13 911,60 €</w:t>
+              <w:t>12 752,30 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne brogneux</w:t>
@@ -1554,74 +1554,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>120</w:t>
+              <w:t>250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 488,00 €</w:t>
+              <w:t>9 350,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre</w:t>
@@ -1717,74 +1717,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 943,65 €</w:t>
+              <w:t>7 733,95 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre</w:t>
@@ -1880,74 +1880,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>65</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>203 468,85 €</w:t>
+              <w:t>156 514,50 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre</w:t>
@@ -2043,74 +2043,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>75</w:t>
+              <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 298,00 €</w:t>
+              <w:t>5 086,08 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre branchu</w:t>
@@ -2206,74 +2206,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 898,00 €</w:t>
+              <w:t>12 320,95 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre branchu</w:t>
@@ -2369,74 +2369,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>55</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>109 110,10 €</w:t>
+              <w:t>79 352,80 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre branchu</w:t>
@@ -2532,74 +2532,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>70</w:t>
+              <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23 352,00 €</w:t>
+              <w:t>18 014,40 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1247"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="964"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4162,51 +4162,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur totale : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>301,796.05 €</w:t>
+              <w:t>245,504.10 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume unitaire : </w:t>
             </w:r>
             <w:r>
@@ -4222,51 +4222,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prix unitaire : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>76.86 €</w:t>
+              <w:t>62.52 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume /ha : </w:t>
             </w:r>
             <w:r>
@@ -4282,51 +4282,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur /ha : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 246,77 €/ha</w:t>
+              <w:t>8 335,51 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface totale : </w:t>
             </w:r>
             <w:r>
@@ -4670,74 +4670,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>80</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12 873,60 €</w:t>
+              <w:t>8 046,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne</w:t>
@@ -4996,74 +4996,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 474,00 €</w:t>
+              <w:t>10 316,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne brogneux</w:t>
@@ -5159,74 +5159,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>120</w:t>
+              <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 857,20 €</w:t>
+              <w:t>38 142,90 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne gélif</w:t>
@@ -5322,74 +5322,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 676,00 €</w:t>
+              <w:t>1 005,60 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne gélif</w:t>
@@ -5485,74 +5485,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>65</w:t>
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 587,70 €</w:t>
+              <w:t>3 881,90 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre</w:t>
@@ -5648,74 +5648,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16 299,90 €</w:t>
+              <w:t>10 866,60 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre</w:t>
@@ -5811,74 +5811,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>83 295,60 €</w:t>
+              <w:t>69 413,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre branchu</w:t>
@@ -5974,74 +5974,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 602,00 €</w:t>
+              <w:t>4 126,25 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre branchu</w:t>
@@ -6137,74 +6137,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>55</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>28 666,55 €</w:t>
+              <w:t>18 242,35 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1247"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="964"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -7297,51 +7297,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur totale : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,737.50 €</w:t>
+              <w:t>5,100.00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume unitaire : </w:t>
             </w:r>
             <w:r>
@@ -7357,51 +7357,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prix unitaire : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45.00 €</w:t>
+              <w:t>40.00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume /ha : </w:t>
             </w:r>
             <w:r>
@@ -7417,51 +7417,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur /ha : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 535,98 €/ha</w:t>
+              <w:t>1 365,32 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface totale : </w:t>
             </w:r>
             <w:r>
@@ -7805,74 +7805,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 737,50 €</w:t>
+              <w:t>5 100,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1247"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="964"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>