--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -62,50 +62,1010 @@
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t>FERRIERE</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="4B5A4B"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Valeurs forfaitaires</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:shd w:fill="F2F4F1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>VALEUR FORFAITAIRE PEUPLEMENT MATURE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Valeur du stock :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1077"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Strate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Surface</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Quantite</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="794"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Unite</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1247"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1984"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1077"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0,67 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>150,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="794"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1247"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>10,00 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 011,15 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1984"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 500,00 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:shd w:fill="F2F4F1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>VALEUR FORFAITAIRE PEUPLEMENT IMMATURE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Valeur de la régénération :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="2160"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2211"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Strate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2154"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Surface</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2381"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2098"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2211"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2154"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3,28 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2381"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3 284,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2098"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 000,00 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:shd w:fill="F2F4F1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>VALEUR FORFAITAIRE PEUPLEMENT TAILLIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Valeur du taillis :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Strate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Surface</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Stere/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1191"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>12,47 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>150,00 st/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1191"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>14 965,20 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 200,00 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>