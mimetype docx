--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -353,74 +353,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,58 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>-1 027,49 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>-595,37 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>CHE</w:t>
@@ -493,74 +493,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5,34 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>713,90 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>3 812,20 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>CHE</w:t>
@@ -633,74 +633,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,52 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>1 704,29 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>4 294,81 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>PLA</w:t>
@@ -773,124 +773,124 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8,33 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>7 753,73 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>64 570,14 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1417"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>72 081,78 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:shd w:fill="F2F4F1"/>
@@ -1188,96 +1188,97 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,02 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-##-###</w:t>
+              <w:t>CHE-03-120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
@@ -1302,74 +1303,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>12 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>-1 123,82 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>-3 396,41 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1D</w:t>
@@ -1396,96 +1397,97 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,52 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-##-###</w:t>
+              <w:t>CHE-03-120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
@@ -1510,282 +1512,492 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>1 704,29 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>4 294,81 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,79 ha</w:t>
+              <w:t>2,90 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-##-###</w:t>
+              <w:t>CHE-03-120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>-205,50 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>-595,37 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,90 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PLA-08-070</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>80 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 488,13 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 208,60 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>21B</w:t>
@@ -1812,96 +2024,97 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,30 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-##-###</w:t>
+              <w:t>PLA-08-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
@@ -1926,74 +2139,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>7 475,41 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>17 188,21 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>22B</w:t>
@@ -2020,96 +2233,97 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,90 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-##-###</w:t>
+              <w:t>PLA-08-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>80 %</w:t>
             </w:r>
           </w:p>
@@ -2134,74 +2348,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>5 036,06 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>9 583,13 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2C</w:t>
@@ -2228,96 +2442,97 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4,51 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-##-###</w:t>
+              <w:t>PLA-08-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
@@ -2342,74 +2557,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>8 388,55 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>37 798,81 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2433,51 +2648,51 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>72 081,78 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">