--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -62,50 +62,6788 @@
         <w:rPr>
           <w:rFonts w:ascii="DIN 2014" w:hAnsi="DIN 2014"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t>FERRIERE</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="DIN 2014" w:hAnsi="DIN 2014"/>
           <w:b/>
           <w:i/>
           <w:color w:val="4B5A4B"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Schémas Sylvicoles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:shd w:fill="F2F4F1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DIN 2014" w:hAnsi="DIN 2014"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>CHE-03-120</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="2880"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essence : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Production: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2.458333333333333333333333333</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Age récolte: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frais annuels : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45.00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Abattement : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>40.00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Durée d’abattement : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20 ans</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Dépenses :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Année</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Opération</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Quantité</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Unité</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Prix Unitaire</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Montant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Mise en terre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>tiges/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 500,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 500,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Préparation de sol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 000,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 000,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Entretien cloisonnement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Entretien cloisonnement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Entretien cloisonnement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Taille/élagage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>tiges/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>750,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>750,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8 600,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Recettes :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Année</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Opération</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Quantité</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Unité</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Prix Unitaire</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Montant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>120,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>160,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>160,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>15,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>600,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>50,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 000,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>80,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 600,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>110,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 200,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>140,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 800,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Récolte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>200,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>24 000,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>32 940,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Taux de rentabilité interne : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>0,94 %</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Taux de rentabilité intégrant le fond : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>0,80 %</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:shd w:fill="F2F4F1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DIN 2014" w:hAnsi="DIN 2014"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>PLA-08-070</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="2880"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essence : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Pin laricio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Production: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Age récolte: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frais annuels : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45.00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Abattement : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>40.00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2880"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Durée d’abattement : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20 ans</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Dépenses :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Année</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Opération</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Quantité</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Unité</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Prix Unitaire</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Montant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Mise en terre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>tiges/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 500,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 500,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Préparation de sol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 000,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 000,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Entretien cloisonnement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>450,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>450,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Entretien cloisonnement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Entretien cloisonnement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Dégagement/nettoiement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>350,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>6 900,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Recettes :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Année</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Opération</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Quantité</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Unité</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Prix Unitaire</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Montant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>17,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>850,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>25,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 250,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 500,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>37,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 850,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Éclaircie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 700,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Récolte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>50,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>15 000,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2778"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1587"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1417"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>23 150,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Taux de rentabilité interne : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1,65 %</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Taux de rentabilité intégrant le fond : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1,32 %</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FC693F" w:rsidRPr="0006063C" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>