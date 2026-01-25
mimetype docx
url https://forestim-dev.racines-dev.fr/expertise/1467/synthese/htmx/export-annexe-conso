--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -145,51 +145,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur totale : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0.00 €</w:t>
+              <w:t>5,363,396.20 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume unitaire : </w:t>
             </w:r>
             <w:r>
@@ -205,142 +205,142 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prix unitaire : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0.00 €</w:t>
+              <w:t>148.32 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume /ha : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>108.63 m³/ha</w:t>
+              <w:t>102.44 m³/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur /ha : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €/ha</w:t>
+              <w:t>15 192,97 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface totale : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>332.90 ha</w:t>
+              <w:t>353.02 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="737D6E"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Synthèse par essence et classe de diamètre :</w:t>
       </w:r>
       <w:r>
@@ -653,74 +653,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>5 111,70 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne</w:t>
@@ -816,74 +816,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>328 559,40 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne</w:t>
@@ -979,74 +979,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>2 809 002,60 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne</w:t>
@@ -1142,74 +1142,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>1 118 772,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne brogneux</w:t>
@@ -1305,74 +1305,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>242,40 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne brogneux</w:t>
@@ -1468,74 +1468,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>123 102,50 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne brogneux</w:t>
@@ -1631,74 +1631,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>798 742,80 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne brogneux</w:t>
@@ -1794,74 +1794,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>190</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>114 830,30 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne gélif</w:t>
@@ -1957,74 +1957,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>345,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne gélif</w:t>
@@ -2120,74 +2120,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>28 848,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre</w:t>
@@ -2283,74 +2283,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>2 430,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre</w:t>
@@ -2446,74 +2446,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>2 205,60 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre branchu</w:t>
@@ -2609,74 +2609,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>319,20 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hêtre branchu</w:t>
@@ -2772,74 +2772,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>374,10 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Charme</w:t>
@@ -2935,74 +2935,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>99,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Charme</w:t>
@@ -3098,74 +3098,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>2 197,80 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Charme</w:t>
@@ -3261,74 +3261,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>1 004,55 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Châtaignier</w:t>
@@ -3424,74 +3424,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>6 805,05 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Châtaignier</w:t>
@@ -3587,74 +3587,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>19 516,50 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Merisier</w:t>
@@ -3750,74 +3750,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>887,70 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1247"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="964"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4345,50 +4345,144 @@
               <w:t>5,1575 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>A2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3969"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Mélange Futaie - Taillis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5,2426 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
@@ -4439,50 +4533,144 @@
               <w:t>5,2443 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>A2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3969"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Mélange Futaie - Taillis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5,1746 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
@@ -5661,50 +5849,144 @@
               <w:t>7,9405 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3969"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Futaie régulière feuillue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>4,2159 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
@@ -5825,50 +6107,144 @@
               </w:rPr>
               <w:t>Mélange Futaie - Taillis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,2024 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="3969"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Mélange Futaie - Taillis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5,4837 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>28</w:t>