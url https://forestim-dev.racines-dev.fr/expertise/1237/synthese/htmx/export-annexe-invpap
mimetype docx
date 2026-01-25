--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -62,50 +62,3009 @@
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t>BOIS DE CERCY</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="4B5A4B"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Valeur de consommation par inventaire pied à pied</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:shd w:fill="F2F4F1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>SYNTHESE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4320"/>
+        <w:gridCol w:w="4320"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Volume total : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 522 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valeur totale : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>291 088,60 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Volume unitaire : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,91 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prix unitaire : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>191,24 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Surface totale : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>9,9330 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:color w:val="737D6E"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Volume /ha : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>153 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4320"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Synthèse par classe de diamètre :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Classe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>VU</w:t>
+              <w:br/>
+              <w:t>[m³/tige]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+              <w:br/>
+              <w:t>[€/m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Volume</w:t>
+              <w:br/>
+              <w:t>[m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur</w:t>
+              <w:br/>
+              <w:t>[€]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Vol/ha</w:t>
+              <w:br/>
+              <w:t>[m³/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur/ha</w:t>
+              <w:br/>
+              <w:t>[€/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30 à 40 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0,85 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>61,44 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>121 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 424,80 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>12 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>747,49 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45 à 65 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,91 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>186,72 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 086 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>202 853,20 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>109 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20 422,15 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70 cm et +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3,75 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>256,66 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>315 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>80 810,60 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>32 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8 135,57 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Synthèse par essence :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1234"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Essence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>VU</w:t>
+              <w:br/>
+              <w:t>[m³/tige]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+              <w:br/>
+              <w:t>[€/m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Volume</w:t>
+              <w:br/>
+              <w:t>[m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur</w:t>
+              <w:br/>
+              <w:t>[€]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Vol/ha</w:t>
+              <w:br/>
+              <w:t>[m³/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur/ha</w:t>
+              <w:br/>
+              <w:t>[€/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,96 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>207,37 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 375 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>285 120,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>138 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>28 704,32 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Hêtre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,53 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>40,55 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>147 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5 968,60 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>15 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>600,89 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1234"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:color w:val="737D6E"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Synthèse par essence, par classe :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:type="auto" w:w="0"/>
+        <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1080"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:tblHeader w:val="true"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Essence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Classe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>VU</w:t>
+              <w:br/>
+              <w:t>[m³/tige]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PU</w:t>
+              <w:br/>
+              <w:t>[€/m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Volume</w:t>
+              <w:br/>
+              <w:t>[m³]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur</w:t>
+              <w:br/>
+              <w:t>[€]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Vol/ha</w:t>
+              <w:br/>
+              <w:t>[m³/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="879B82"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Valeur/ha</w:t>
+              <w:br/>
+              <w:t>[€/ha]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30 à 40 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0,85 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>65,02 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>108 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7 054,60 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>11 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>710,22 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45 à 65 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,97 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>203,99 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>972 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>198 274,80 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>98 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>19 961,22 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70 cm et +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3,78 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>270,98 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>294 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>79 790,60 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8 032,88 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Hêtre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30 à 40 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0,82 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30,00 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>12 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>370,20 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>37,27 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Hêtre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45 à 65 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,53 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>40,00 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>114 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>4 578,40 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>12 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>460,93 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Hêtre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70 cm et +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3,40 m³/t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>50,00 €/m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20 m³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 020,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2 m³/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>102,69 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1080"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:shd w:fill="F2F4F1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>STRATE A : 90% Chêne, 10% Hêtre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:type="auto" w:w="0"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>