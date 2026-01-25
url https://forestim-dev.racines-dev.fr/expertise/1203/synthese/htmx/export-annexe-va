--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -2402,306 +2402,306 @@
               <w:t>Valeur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6B</w:t>
+              <w:t>2A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,09 ha</w:t>
+              <w:t>5,20 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>HET-05-110</w:t>
+              <w:t>SCA-06-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>18 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 485,79 €/ha</w:t>
+              <w:t>61,61 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11 488,89 €</w:t>
+              <w:t>320,35 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2A</w:t>
+              <w:t>15A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,20 ha</w:t>
+              <w:t>8,04 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>SCA-06-060</w:t>
+              <w:t>CHE-02-120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
@@ -2726,168 +2726,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>61,61 €/ha</w:t>
+              <w:t>-79,53 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>320,35 €</w:t>
+              <w:t>-639,56 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1A</w:t>
+              <w:t>3D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,41 ha</w:t>
+              <w:t>0,72 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SCA-06-060</w:t>
             </w:r>
           </w:p>
@@ -2935,191 +2935,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25 %</w:t>
+              <w:t>35 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>82,34 €/ha</w:t>
+              <w:t>237,87 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>280,51 €</w:t>
+              <w:t>172,22 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15A</w:t>
+              <w:t>3D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,04 ha</w:t>
+              <w:t>0,72 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHE-02-120</w:t>
+              <w:t>CED-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
@@ -3144,423 +3144,423 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>65 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-79,53 €/ha</w:t>
+              <w:t>299,32 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-639,56 €</w:t>
+              <w:t>216,71 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3C</w:t>
+              <w:t>14A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,56 ha</w:t>
+              <w:t>2,83 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>CHE-02-120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 521,40 €/ha</w:t>
+              <w:t>-79,53 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 514,80 €</w:t>
+              <w:t>-224,94 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20A</w:t>
+              <w:t>8B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,22 ha</w:t>
+              <w:t>1,14 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>HET-05-110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -3585,1027 +3585,1027 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 191,96 €/ha</w:t>
+              <w:t>6 672,76 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11 168,23 €</w:t>
+              <w:t>7 610,28 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3D</w:t>
+              <w:t>17A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,72 ha</w:t>
+              <w:t>3,64 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>SCA-06-060</w:t>
+              <w:t>PLA-08-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>90 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>237,87 €/ha</w:t>
+              <w:t>1 449,96 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>172,22 €</w:t>
+              <w:t>5 274,68 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3D</w:t>
+              <w:t>1D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,72 ha</w:t>
+              <w:t>0,91 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CED-06-070</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>65 %</w:t>
+              <w:t>45 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>299,32 €/ha</w:t>
+              <w:t>5 211,08 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>216,71 €</w:t>
+              <w:t>4 766,57 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14A</w:t>
+              <w:t>4A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,83 ha</w:t>
+              <w:t>3,62 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHE-02-120</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-79,53 €/ha</w:t>
+              <w:t>5 503,99 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-224,94 €</w:t>
+              <w:t>19 901,33 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2A</w:t>
+              <w:t>11B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,20 ha</w:t>
+              <w:t>1,26 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CED-06-070</w:t>
+              <w:t>HET-05-110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="1134"/>
-[...21 lines deleted...]
-          <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>176,84 €/ha</w:t>
+              <w:t>5 352,00 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>919,55 €</w:t>
+              <w:t>6 744,06 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15A</w:t>
+              <w:t>9A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,04 ha</w:t>
+              <w:t>8,00 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -4630,1027 +4630,1027 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 803,51 €/ha</w:t>
+              <w:t>1 785,06 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14 504,01 €</w:t>
+              <w:t>14 279,59 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8B</w:t>
+              <w:t>3C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,14 ha</w:t>
+              <w:t>0,56 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>HET-05-110</w:t>
+              <w:t>CHE-02-120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 672,76 €/ha</w:t>
+              <w:t>-31,01 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 610,28 €</w:t>
+              <w:t>-17,25 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3C</w:t>
+              <w:t>17A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,56 ha</w:t>
+              <w:t>3,64 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ERC-04-070</w:t>
+              <w:t>CHE-02-120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>983,18 €/ha</w:t>
+              <w:t>5,91 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>546,84 €</w:t>
+              <w:t>21,49 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17A</w:t>
+              <w:t>15A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,64 ha</w:t>
+              <w:t>8,04 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PLA-08-070</w:t>
+              <w:t>CED-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>90 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 449,96 €/ha</w:t>
+              <w:t>501,04 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 274,68 €</w:t>
+              <w:t>4 029,38 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1D</w:t>
+              <w:t>2A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,91 ha</w:t>
+              <w:t>5,20 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45 %</w:t>
+              <w:t>65 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 211,08 €/ha</w:t>
+              <w:t>1 214,16 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 766,57 €</w:t>
+              <w:t>6 313,63 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4A</w:t>
+              <w:t>7B1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,62 ha</w:t>
+              <w:t>1,70 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>HET-05-110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -5675,191 +5675,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 503,99 €/ha</w:t>
+              <w:t>6 020,99 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>19 901,33 €</w:t>
+              <w:t>10 224,85 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11B</w:t>
+              <w:t>4C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,26 ha</w:t>
+              <w:t>0,58 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>HET-05-110</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -5907,1004 +5907,1004 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 352,00 €/ha</w:t>
+              <w:t>6 636,73 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 744,06 €</w:t>
+              <w:t>3 864,57 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9A</w:t>
+              <w:t>3C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,00 ha</w:t>
+              <w:t>0,56 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 785,06 €/ha</w:t>
+              <w:t>1 368,77 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14 279,59 €</w:t>
+              <w:t>761,31 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3C</w:t>
+              <w:t>6B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,56 ha</w:t>
+              <w:t>2,09 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHE-02-120</w:t>
+              <w:t>HET-05-110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>18 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-31,01 €/ha</w:t>
+              <w:t>5 485,79 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-17,25 €</w:t>
+              <w:t>11 488,89 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>19A2</w:t>
+              <w:t>1A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,96 ha</w:t>
+              <w:t>3,41 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>SCA-06-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>25 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 125,81 €/ha</w:t>
+              <w:t>82,34 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 898,74 €</w:t>
+              <w:t>280,51 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5A</w:t>
+              <w:t>3C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,95 ha</w:t>
+              <w:t>0,56 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 649,77 €/ha</w:t>
+              <w:t>4 521,40 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45 518,43 €</w:t>
+              <w:t>2 514,80 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1B</w:t>
+              <w:t>20A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,76 ha</w:t>
+              <w:t>1,22 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PLA-08-070</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -6929,377 +6929,377 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 710,35 €/ha</w:t>
+              <w:t>9 191,96 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 017,23 €</w:t>
+              <w:t>11 168,23 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17A</w:t>
+              <w:t>2A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,64 ha</w:t>
+              <w:t>5,20 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHE-02-120</w:t>
+              <w:t>CED-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,91 €/ha</w:t>
+              <w:t>176,84 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21,49 €</w:t>
+              <w:t>919,55 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14A</w:t>
+              <w:t>15A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,83 ha</w:t>
+              <w:t>8,04 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CED-06-070</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
@@ -7324,423 +7324,423 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>501,04 €/ha</w:t>
+              <w:t>1 803,51 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 417,18 €</w:t>
+              <w:t>14 504,01 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15A</w:t>
+              <w:t>3C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,04 ha</w:t>
+              <w:t>0,56 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CED-06-070</w:t>
+              <w:t>ERC-04-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>35 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>501,04 €/ha</w:t>
+              <w:t>983,18 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 029,38 €</w:t>
+              <w:t>546,84 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>18A</w:t>
+              <w:t>19A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,83 ha</w:t>
+              <w:t>0,96 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -7765,1236 +7765,1236 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 382,80 €/ha</w:t>
+              <w:t>5 125,81 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 900,71 €</w:t>
+              <w:t>4 898,74 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1A</w:t>
+              <w:t>5A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,41 ha</w:t>
+              <w:t>5,95 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>70 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 104,87 €/ha</w:t>
+              <w:t>7 649,77 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 170,67 €</w:t>
+              <w:t>45 518,43 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2A</w:t>
+              <w:t>1B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,20 ha</w:t>
+              <w:t>1,76 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>PLA-08-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>65 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 214,16 €/ha</w:t>
+              <w:t>1 710,35 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 313,63 €</w:t>
+              <w:t>3 017,23 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>13A</w:t>
+              <w:t>14A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,83 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PLA-08-070</w:t>
+              <w:t>CED-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 638,72 €/ha</w:t>
+              <w:t>501,04 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21 606,12 €</w:t>
+              <w:t>1 417,18 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14A</w:t>
+              <w:t>18A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,83 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 803,51 €/ha</w:t>
+              <w:t>7 382,80 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 101,23 €</w:t>
+              <w:t>20 900,71 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16A</w:t>
+              <w:t>1A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10,04 ha</w:t>
+              <w:t>3,41 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>70 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 455,62 €/ha</w:t>
+              <w:t>2 104,87 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>84 915,56 €</w:t>
+              <w:t>7 170,67 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7B1</w:t>
+              <w:t>13A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,70 ha</w:t>
+              <w:t>2,83 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>HET-05-110</w:t>
+              <w:t>PLA-08-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -9019,515 +9019,515 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 020,99 €/ha</w:t>
+              <w:t>7 638,72 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 224,85 €</w:t>
+              <w:t>21 606,12 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4C</w:t>
+              <w:t>14A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,58 ha</w:t>
+              <w:t>2,83 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 636,73 €/ha</w:t>
+              <w:t>1 803,51 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 864,57 €</w:t>
+              <w:t>5 101,23 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3C</w:t>
+              <w:t>16A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,56 ha</w:t>
+              <w:t>10,04 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 368,77 €/ha</w:t>
+              <w:t>8 455,62 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>761,31 €</w:t>
+              <w:t>84 915,56 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9A</w:t>