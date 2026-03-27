--- v0 (2025-12-06)
+++ v1 (2026-03-27)
@@ -2331,97 +2331,97 @@
               <w:t>1 348,52 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>17B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10,79 ha</w:t>
+              <w:t>3,31 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
@@ -2446,841 +2446,841 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>85 %</w:t>
+              <w:t>2 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 411,08 €/ha</w:t>
+              <w:t>97,26 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>36 793,66 €</w:t>
+              <w:t>321,96 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6A3</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,49 ha</w:t>
+              <w:t>10,79 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>HET-05-110</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>85 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 400,25 €/ha</w:t>
+              <w:t>3 411,08 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 547,89 €</w:t>
+              <w:t>36 793,66 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17B</w:t>
+              <w:t>6A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,31 ha</w:t>
+              <w:t>1,49 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>HET-05-110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>95 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 230,95 €/ha</w:t>
+              <w:t>6 400,25 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14 004,86 €</w:t>
+              <w:t>9 547,89 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3D</w:t>
+              <w:t>17B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,01 ha</w:t>
+              <w:t>3,31 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>95 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 958,23 €/ha</w:t>
+              <w:t>4 230,95 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23 988,49 €</w:t>
+              <w:t>14 004,86 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>164</w:t>
+              <w:t>3D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,98 ha</w:t>
+              <w:t>3,01 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -3305,818 +3305,818 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 804,63 €/ha</w:t>
+              <w:t>7 958,23 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 650,85 €</w:t>
+              <w:t>23 988,49 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3A1</w:t>
+              <w:t>164</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12,02 ha</w:t>
+              <w:t>0,98 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>965,41 €/ha</w:t>
+              <w:t>6 804,63 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11 602,86 €</w:t>
+              <w:t>6 650,85 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12B1</w:t>
+              <w:t>7A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,76 ha</w:t>
+              <w:t>2,74 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>PLA-08-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 840,20 €/ha</w:t>
+              <w:t>613,18 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>51 587,43 €</w:t>
+              <w:t>1 681,53 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17D</w:t>
+              <w:t>3A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,12 ha</w:t>
+              <w:t>12,02 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>35 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>35 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 538,84 €/ha</w:t>
+              <w:t>965,41 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 071,25 €</w:t>
+              <w:t>11 602,86 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2A1</w:t>
+              <w:t>7B2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6,10 ha</w:t>
+              <w:t>0,67 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -4141,818 +4141,818 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 594,77 €/ha</w:t>
+              <w:t>3 779,26 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21 911,56 €</w:t>
+              <w:t>2 529,46 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,92 ha</w:t>
+              <w:t>1,90 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>SCA-06-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 654,35 €/ha</w:t>
+              <w:t>22,49 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>47 475,27 €</w:t>
+              <w:t>42,70 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4A3</w:t>
+              <w:t>17B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,00 ha</w:t>
+              <w:t>3,31 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>CED-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>2 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 253,45 €/ha</w:t>
+              <w:t>50,24 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 233,49 €</w:t>
+              <w:t>166,30 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4A1</w:t>
+              <w:t>12B1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,20 ha</w:t>
+              <w:t>4,76 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 338,62 €/ha</w:t>
+              <w:t>10 840,20 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 972,83 €</w:t>
+              <w:t>51 587,43 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15B1</w:t>
+              <w:t>17D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,21 ha</w:t>
+              <w:t>1,12 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -5000,354 +5000,354 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 996,92 €/ha</w:t>
+              <w:t>4 538,84 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>36 040,79 €</w:t>
+              <w:t>5 071,25 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15A1</w:t>
+              <w:t>10B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,37 ha</w:t>
+              <w:t>2,82 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>CED-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>95 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 629,42 €/ha</w:t>
+              <w:t>338,41 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 729,20 €</w:t>
+              <w:t>952,88 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17E</w:t>
+              <w:t>2A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,18 ha</w:t>
+              <w:t>6,61 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CED-06-070</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
@@ -5395,191 +5395,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>25 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 579,05 €/ha</w:t>
+              <w:t>3 501,67 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 028,33 €</w:t>
+              <w:t>23 140,09 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16A2</w:t>
+              <w:t>2A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6,82 ha</w:t>
+              <w:t>6,10 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -5604,191 +5604,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>25 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 130,97 €/ha</w:t>
+              <w:t>3 594,77 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>28 165,37 €</w:t>
+              <w:t>21 911,56 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>142</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6,61 ha</w:t>
+              <w:t>4,92 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -5813,377 +5813,377 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 808,37 €/ha</w:t>
+              <w:t>9 654,35 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>18 566,13 €</w:t>
+              <w:t>47 475,27 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4A1</w:t>
+              <w:t>15A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,20 ha</w:t>
+              <w:t>1,37 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>SCA-06-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 721,54 €/ha</w:t>
+              <w:t>55,92 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14 111,62 €</w:t>
+              <w:t>76,79 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17B</w:t>
+              <w:t>6A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,31 ha</w:t>
+              <w:t>4,93 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>CED-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
@@ -6208,1259 +6208,1259 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>97,26 €/ha</w:t>
+              <w:t>1 891,44 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>321,96 €</w:t>
+              <w:t>9 333,50 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7A1</w:t>
+              <w:t>4A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,74 ha</w:t>
+              <w:t>1,00 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PLA-08-070</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>613,18 €/ha</w:t>
+              <w:t>5 253,45 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 681,53 €</w:t>
+              <w:t>5 233,49 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7B2</w:t>
+              <w:t>10A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,67 ha</w:t>
+              <w:t>0,66 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>ERS-02-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 779,26 €/ha</w:t>
+              <w:t>32,34 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 529,46 €</w:t>
+              <w:t>21,22 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>141</w:t>
+              <w:t>4A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,90 ha</w:t>
+              <w:t>8,20 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>SCA-06-060</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>25 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22,49 €/ha</w:t>
+              <w:t>1 338,62 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>42,70 €</w:t>
+              <w:t>10 972,83 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17B</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,31 ha</w:t>
+              <w:t>3,66 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CED-06-070</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50,24 €/ha</w:t>
+              <w:t>8 164,35 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>166,30 €</w:t>
+              <w:t>29 919,89 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10B</w:t>
+              <w:t>141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,82 ha</w:t>
+              <w:t>1,90 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>CED-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>45 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>338,41 €/ha</w:t>
+              <w:t>500,58 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>952,88 €</w:t>
+              <w:t>950,56 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2A2</w:t>
+              <w:t>6A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6,61 ha</w:t>
+              <w:t>1,45 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>HET-05-110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -7485,1445 +7485,1445 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 501,67 €/ha</w:t>
+              <w:t>6 400,25 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23 140,09 €</w:t>
+              <w:t>9 270,76 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15A1</w:t>
+              <w:t>18B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,37 ha</w:t>
+              <w:t>0,49 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>SCA-06-060</w:t>
+              <w:t>HET-05-110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>55,92 €/ha</w:t>
+              <w:t>5 218,94 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>76,79 €</w:t>
+              <w:t>2 568,76 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6A1</w:t>
+              <w:t>10B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,93 ha</w:t>
+              <w:t>2,82 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CED-06-070</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>85 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 891,44 €/ha</w:t>
+              <w:t>4 089,47 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 333,50 €</w:t>
+              <w:t>11 515,13 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10A1</w:t>
+              <w:t>15E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,66 ha</w:t>
+              <w:t>2,29 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ERS-02-070</w:t>
+              <w:t>CED-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>32,34 €/ha</w:t>
+              <w:t>1 315,88 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>21,22 €</w:t>
+              <w:t>3 009,29 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,66 ha</w:t>
+              <w:t>10,79 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 164,35 €/ha</w:t>
+              <w:t>435,21 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29 919,89 €</w:t>
+              <w:t>4 694,34 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>141</w:t>
+              <w:t>15B1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,90 ha</w:t>
+              <w:t>7,21 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CED-06-070</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>500,58 €/ha</w:t>
+              <w:t>4 996,92 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>950,56 €</w:t>
+              <w:t>36 040,79 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6A2</w:t>
+              <w:t>15A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,45 ha</w:t>
+              <w:t>1,37 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>HET-05-110</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>95 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 400,25 €/ha</w:t>
+              <w:t>5 629,42 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 270,76 €</w:t>
+              <w:t>7 729,20 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>18B</w:t>
+              <w:t>17E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,49 ha</w:t>
+              <w:t>3,18 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>HET-05-110</w:t>
+              <w:t>CED-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -8948,145 +8948,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 218,94 €/ha</w:t>
+              <w:t>1 579,05 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 568,76 €</w:t>
+              <w:t>5 028,33 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10B</w:t>
+              <w:t>141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,82 ha</w:t>
+              <w:t>1,90 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
@@ -9134,214 +9134,214 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>85 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 089,47 €/ha</w:t>
+              <w:t>2 186,15 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11 515,13 €</w:t>
+              <w:t>4 151,28 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15E</w:t>
+              <w:t>2A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,29 ha</w:t>
+              <w:t>6,61 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CED-06-070</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -9366,540 +9366,540 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>35 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 315,88 €/ha</w:t>
+              <w:t>5 827,15 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 009,29 €</w:t>
+              <w:t>38 507,56 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>10A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10,79 ha</w:t>
+              <w:t>0,66 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEL-09-055</w:t>
+              <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>90 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>435,21 €/ha</w:t>
+              <w:t>1 909,60 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 694,34 €</w:t>
+              <w:t>1 252,70 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>141</w:t>
+              <w:t>16A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,90 ha</w:t>
+              <w:t>6,82 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 186,15 €/ha</w:t>
+              <w:t>4 130,97 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 151,28 €</w:t>
+              <w:t>28 165,37 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2A2</w:t>
+              <w:t>142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6,61 ha</w:t>
             </w:r>
           </w:p>
@@ -9924,51 +9924,51 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-10-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -9993,168 +9993,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35 %</w:t>
+              <w:t>40 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 827,15 €/ha</w:t>
+              <w:t>2 808,37 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>38 507,56 €</w:t>
+              <w:t>18 566,13 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10A1</w:t>
+              <w:t>4A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,66 ha</w:t>
+              <w:t>8,20 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-10-060</w:t>
+              <w:t>MEL-09-055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
@@ -10179,120 +10179,120 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>90 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 909,60 €/ha</w:t>
+              <w:t>1 721,54 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 252,70 €</w:t>
+              <w:t>14 111,62 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3A1</w:t>