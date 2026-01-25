--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -4289,120 +4289,120 @@
               <w:t>37 691,56 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI26_A04</w:t>
+              <w:t>RI27_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,58 ha</w:t>
+              <w:t>5,08 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>STV-08-060</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -4427,191 +4427,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>33 %</w:t>
+              <w:t>53 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 335,53 €/ha</w:t>
+              <w:t>4 471,05 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11 185,67 €</w:t>
+              <w:t>22 712,93 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL31_B01</w:t>
+              <w:t>RI30_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,92 ha</w:t>
+              <w:t>7,07 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>HET-05-110</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -4659,168 +4659,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 456,32 €/ha</w:t>
+              <w:t>9 878,79 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 172,45 €</w:t>
+              <w:t>69 843,05 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CO01_F01</w:t>
+              <w:t>RI25_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,03 ha</w:t>
+              <w:t>3,65 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>FRE-07-070</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -4868,168 +4868,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11 129,36 €/ha</w:t>
+              <w:t>6 327,23 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 592,60 €</w:t>
+              <w:t>23 094,39 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI27_A01</w:t>
+              <w:t>BL32_A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,08 ha</w:t>
+              <w:t>1,05 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>CHR-04-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -5054,191 +5054,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>53 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 471,05 €/ha</w:t>
+              <w:t>1 702,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 712,93 €</w:t>
+              <w:t>1 787,39 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI30_A03</w:t>
+              <w:t>RI19_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,53 ha</w:t>
+              <w:t>1,12 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -5286,168 +5286,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 665,52 €/ha</w:t>
+              <w:t>8 125,50 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23 529,29 €</w:t>
+              <w:t>9 100,56 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI30_A01</w:t>
+              <w:t>GB22_B2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,07 ha</w:t>
+              <w:t>0,92 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>CHR-04-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -5472,191 +5472,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>8 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 878,79 €/ha</w:t>
+              <w:t>1 749,57 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>69 843,05 €</w:t>
+              <w:t>1 609,60 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI25_A01</w:t>
+              <w:t>RI22_D01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,65 ha</w:t>
+              <w:t>3,02 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -5681,191 +5681,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 327,23 €/ha</w:t>
+              <w:t>8 413,29 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23 094,39 €</w:t>
+              <w:t>25 408,14 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL26_A04</w:t>
+              <w:t>RI29_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,65 ha</w:t>
+              <w:t>6,54 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -5913,168 +5913,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 878,79 €/ha</w:t>
+              <w:t>9 231,89 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>36 057,58 €</w:t>
+              <w:t>60 376,56 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL13_A01</w:t>
+              <w:t>GB24_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14,32 ha</w:t>
+              <w:t>9,75 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -6122,168 +6122,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 118,13 €/ha</w:t>
+              <w:t>9 231,89 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>101 931,62 €</w:t>
+              <w:t>90 010,93 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB16_01</w:t>
+              <w:t>GB15_B1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16,56 ha</w:t>
+              <w:t>0,98 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>CHR-04-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -6331,168 +6331,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 781,15 €/ha</w:t>
+              <w:t>2 296,01 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>145 415,84 €</w:t>
+              <w:t>2 250,09 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL32_A2</w:t>
+              <w:t>BL16_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,05 ha</w:t>
+              <w:t>15,67 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHR-04-070</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -6517,145 +6517,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>25 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 702,28 €/ha</w:t>
+              <w:t>7 185,10 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 787,39 €</w:t>
+              <w:t>112 590,52 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL12_01</w:t>
+              <w:t>RI28_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16,06 ha</w:t>
+              <w:t>11,05 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
@@ -6703,168 +6703,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>8 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>439,06 €/ha</w:t>
+              <w:t>10 153,20 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 051,26 €</w:t>
+              <w:t>112 192,86 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI19_B01</w:t>
+              <w:t>BL07_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,12 ha</w:t>
+              <w:t>15,63 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
@@ -6935,191 +6935,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 125,50 €/ha</w:t>
+              <w:t>7 697,84 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 100,56 €</w:t>
+              <w:t>120 317,24 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI23_D01</w:t>
+              <w:t>GB05_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,84 ha</w:t>
+              <w:t>1,01 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>CHR-04-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -7144,191 +7144,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11 083,83 €/ha</w:t>
+              <w:t>2 583,01 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>42 561,91 €</w:t>
+              <w:t>2 608,84 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB22_B2</w:t>
+              <w:t>CO01_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,92 ha</w:t>
+              <w:t>3,17 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHR-04-070</w:t>
+              <w:t>-##-###</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -7353,400 +7353,400 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 749,57 €/ha</w:t>
+              <w:t>8 744,54 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 609,60 €</w:t>
+              <w:t>27 720,19 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI22_D01</w:t>
+              <w:t>BL12_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,02 ha</w:t>
+              <w:t>16,06 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>PMA-08-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>95 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 413,29 €/ha</w:t>
+              <w:t>4 392,36 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25 408,14 €</w:t>
+              <w:t>70 541,35 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI29_A01</w:t>
+              <w:t>RI26_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6,54 ha</w:t>
+              <w:t>5,47 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -7771,168 +7771,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>22 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 231,89 €/ha</w:t>
+              <w:t>5 507,82 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 376,56 €</w:t>
+              <w:t>30 127,78 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB10_01</w:t>
+              <w:t>GB10_A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14,86 ha</w:t>
+              <w:t>0,87 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>CHR-04-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
@@ -7980,145 +7980,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 287,83 €/ha</w:t>
+              <w:t>1 702,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>93 437,15 €</w:t>
+              <w:t>1 480,98 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB24_A01</w:t>
+              <w:t>BL25_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9,75 ha</w:t>
+              <w:t>8,54 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
@@ -8235,145 +8235,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9 231,89 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>90 010,93 €</w:t>
+              <w:t>78 840,34 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI20_A02</w:t>
+              <w:t>GB05_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,77 ha</w:t>
+              <w:t>12,28 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PLA-07-070</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -8398,191 +8398,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>33 %</w:t>
+              <w:t>15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 358,77 €/ha</w:t>
+              <w:t>8 143,11 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 791,33 €</w:t>
+              <w:t>99 997,39 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL04_A2</w:t>
+              <w:t>BL15_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,67 ha</w:t>
+              <w:t>16,11 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -8607,191 +8607,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>25 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 613,07 €/ha</w:t>
+              <w:t>7 435,41 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>26 213,04 €</w:t>
+              <w:t>119 784,46 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI28_A02</w:t>
+              <w:t>GB15_A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,00 ha</w:t>
+              <w:t>15,17 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHR-04-070</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -8839,586 +8839,586 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 081,73 €/ha</w:t>
+              <w:t>8 622,12 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 081,73 €</w:t>
+              <w:t>130 797,56 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB17_02</w:t>
+              <w:t>GB17_04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,45 ha</w:t>
+              <w:t>4,18 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PMA-08-060</w:t>
+              <w:t>CHE-02-120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 201,48 €/ha</w:t>
+              <w:t>-221,67 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23 146,59 €</w:t>
+              <w:t>-926,58 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI17_B01</w:t>
+              <w:t>GB17_04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,52 ha</w:t>
+              <w:t>4,18 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>CHP-03-120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>60 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 231,89 €/ha</w:t>
+              <w:t>-207,20 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>41 728,14 €</w:t>
+              <w:t>-866,08 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI28_A03</w:t>
+              <w:t>BR01_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,53 ha</w:t>
+              <w:t>15,06 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -9443,191 +9443,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12 885,10 €/ha</w:t>
+              <w:t>9 391,19 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45 484,40 €</w:t>
+              <w:t>141 431,32 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB15_B1</w:t>
+              <w:t>BR01_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,98 ha</w:t>
+              <w:t>2,25 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHR-04-070</w:t>
+              <w:t>ALG-05-050</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -9652,191 +9652,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 296,01 €/ha</w:t>
+              <w:t>-284,36 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 250,09 €</w:t>
+              <w:t>-639,81 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL16_A01</w:t>
+              <w:t>BL21_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15,67 ha</w:t>
+              <w:t>14,15 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>PLA-07-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -9861,191 +9861,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 185,10 €/ha</w:t>
+              <w:t>5 420,26 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>112 590,52 €</w:t>
+              <w:t>76 696,68 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL32_A01</w:t>
+              <w:t>GB04_A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,09 ha</w:t>
+              <w:t>13,24 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -10093,168 +10093,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 697,84 €/ha</w:t>
+              <w:t>8 622,12 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>62 275,53 €</w:t>
+              <w:t>114 156,87 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI28_A01</w:t>
+              <w:t>BL09_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11,05 ha</w:t>
+              <w:t>1,35 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>ERS-06-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -10279,191 +10279,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 %</w:t>
+              <w:t>50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 153,20 €/ha</w:t>
+              <w:t>1 770,23 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>112 192,86 €</w:t>
+              <w:t>2 389,81 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB01_B01</w:t>
+              <w:t>BR09_C01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,52 ha</w:t>
+              <w:t>1,03 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHR-04-070</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -10511,168 +10511,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 531,93 €/ha</w:t>
+              <w:t>8 922,50 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>38 564,32 €</w:t>
+              <w:t>9 190,18 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL20_A01</w:t>
+              <w:t>GB01_C01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14,48 ha</w:t>
+              <w:t>0,99 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>CHR-04-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -10697,191 +10697,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>33 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 206,12 €/ha</w:t>
+              <w:t>4 539,27 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>118 824,62 €</w:t>
+              <w:t>4 493,88 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL07_A01</w:t>
+              <w:t>RI26_A04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15,63 ha</w:t>
+              <w:t>2,58 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>STV-08-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -10906,191 +10906,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>33 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 697,84 €/ha</w:t>
+              <w:t>4 335,53 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>120 317,24 €</w:t>
+              <w:t>11 185,67 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB05_B01</w:t>
+              <w:t>BL31_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,01 ha</w:t>
+              <w:t>2,92 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHR-04-070</w:t>
+              <w:t>HET-05-110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -11138,145 +11138,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 583,01 €/ha</w:t>
+              <w:t>2 456,32 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 608,84 €</w:t>
+              <w:t>7 172,45 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CO01_B01</w:t>
+              <w:t>CO01_F01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,17 ha</w:t>
+              <w:t>2,03 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-##-###</w:t>
+              <w:t>FRE-07-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
@@ -11347,377 +11347,377 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 744,54 €/ha</w:t>
+              <w:t>11 129,36 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>27 720,19 €</w:t>
+              <w:t>22 592,60 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL12_01</w:t>
+              <w:t>RI30_A03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16,06 ha</w:t>
+              <w:t>3,53 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PMA-08-060</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>95 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 392,36 €/ha</w:t>
+              <w:t>6 665,52 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>70 541,35 €</w:t>
+              <w:t>23 529,29 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL03_01</w:t>
+              <w:t>BL26_A04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10,64 ha</w:t>
+              <w:t>3,65 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -11742,191 +11742,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17 927,92 €/ha</w:t>
+              <w:t>9 878,79 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>190 753,07 €</w:t>
+              <w:t>36 057,58 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BR20_B01</w:t>
+              <w:t>BL13_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7,36 ha</w:t>
+              <w:t>14,32 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -11951,191 +11951,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 744,77 €/ha</w:t>
+              <w:t>7 118,13 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>71 721,51 €</w:t>
+              <w:t>101 931,62 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL11_01</w:t>
+              <w:t>GB16_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15,84 ha</w:t>
+              <w:t>16,56 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -12183,377 +12183,377 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 664,10 €/ha</w:t>
+              <w:t>8 781,15 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>121 399,34 €</w:t>
+              <w:t>145 415,84 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI26_A01</w:t>
+              <w:t>BL12_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5,47 ha</w:t>
+              <w:t>16,06 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>100 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 507,82 €/ha</w:t>
+              <w:t>439,06 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30 127,78 €</w:t>
+              <w:t>7 051,26 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB03_A01</w:t>
+              <w:t>RI23_D01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,45 ha</w:t>
+              <w:t>3,84 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -12578,191 +12578,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 185,10 €/ha</w:t>
+              <w:t>11 083,83 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 714,10 €</w:t>
+              <w:t>42 561,91 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI23_A01</w:t>
+              <w:t>GB10_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11,65 ha</w:t>
+              <w:t>14,86 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -12787,191 +12787,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>29 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 418,19 €/ha</w:t>
+              <w:t>6 287,83 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>109 721,91 €</w:t>
+              <w:t>93 437,15 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI29_C01</w:t>
+              <w:t>RI20_A02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9,24 ha</w:t>
+              <w:t>4,77 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>PLA-07-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -12996,191 +12996,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>33 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 376,62 €/ha</w:t>
+              <w:t>4 358,77 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>95 879,97 €</w:t>
+              <w:t>20 791,33 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL18_01</w:t>
+              <w:t>BL04_A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14,13 ha</w:t>
+              <w:t>4,67 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -13205,191 +13205,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>18 103,37 €/ha</w:t>
+              <w:t>5 613,07 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>255 800,62 €</w:t>
+              <w:t>26 213,04 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI11_B01</w:t>
+              <w:t>RI28_A02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,68 ha</w:t>
+              <w:t>1,00 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>CHR-04-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -13414,191 +13414,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 513,58 €/ha</w:t>
+              <w:t>3 081,73 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>27 649,97 €</w:t>
+              <w:t>3 081,73 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB10_A2</w:t>
+              <w:t>GB17_02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,87 ha</w:t>
+              <w:t>4,45 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHR-04-070</w:t>
+              <w:t>PMA-08-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -13646,168 +13646,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 702,28 €/ha</w:t>
+              <w:t>5 201,48 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 480,98 €</w:t>
+              <w:t>23 146,59 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI27_A03</w:t>
+              <w:t>RI17_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16,10 ha</w:t>
+              <w:t>4,52 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -13855,168 +13855,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12 885,10 €/ha</w:t>
+              <w:t>9 231,89 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>207 450,11 €</w:t>
+              <w:t>41 728,14 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL24_01</w:t>
+              <w:t>RI28_A03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>13,47 ha</w:t>
+              <w:t>3,53 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -14064,168 +14064,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 216,87 €/ha</w:t>
+              <w:t>12 885,10 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>137 621,24 €</w:t>
+              <w:t>45 484,40 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL25_A01</w:t>
+              <w:t>BL32_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,54 ha</w:t>
+              <w:t>8,09 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -14273,168 +14273,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 231,89 €/ha</w:t>
+              <w:t>7 697,84 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>78 840,34 €</w:t>
+              <w:t>62 275,53 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB17_03</w:t>
+              <w:t>GB01_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,61 ha</w:t>
+              <w:t>4,52 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PLA-07-070</w:t>
+              <w:t>CHR-04-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -14459,191 +14459,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 446,58 €/ha</w:t>
+              <w:t>8 531,93 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 832,15 €</w:t>
+              <w:t>38 564,32 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB17_01</w:t>
+              <w:t>BL20_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,08 ha</w:t>
+              <w:t>14,48 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CED-08-070</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -14668,191 +14668,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3 941,15 €/ha</w:t>
+              <w:t>8 206,12 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16 079,89 €</w:t>
+              <w:t>118 824,62 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB25_A01</w:t>
+              <w:t>BL03_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10,24 ha</w:t>
+              <w:t>10,64 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -14877,191 +14877,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 231,89 €/ha</w:t>
+              <w:t>17 927,92 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>94 534,55 €</w:t>
+              <w:t>190 753,07 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB05_A01</w:t>
+              <w:t>BR20_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12,28 ha</w:t>
+              <w:t>7,36 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -15086,191 +15086,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 143,11 €/ha</w:t>
+              <w:t>9 744,77 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>99 997,39 €</w:t>
+              <w:t>71 721,51 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL28_A2</w:t>
+              <w:t>BL11_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,07 ha</w:t>
+              <w:t>15,84 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHR-04-070</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -15295,191 +15295,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 702,28 €/ha</w:t>
+              <w:t>7 664,10 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 821,44 €</w:t>
+              <w:t>121 399,34 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL15_01</w:t>
+              <w:t>GB03_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>16,11 ha</w:t>
+              <w:t>8,45 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -15527,168 +15527,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>25 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 435,41 €/ha</w:t>
+              <w:t>7 185,10 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>119 784,46 €</w:t>
+              <w:t>60 714,10 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL28_A1</w:t>
+              <w:t>RI23_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9,19 ha</w:t>
+              <w:t>11,65 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -15713,191 +15713,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7 970,49 €/ha</w:t>
+              <w:t>9 418,19 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>73 248,80 €</w:t>
+              <w:t>109 721,91 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB09_01</w:t>
+              <w:t>RI29_C01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14,64 ha</w:t>
+              <w:t>9,24 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -15945,168 +15945,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 781,15 €/ha</w:t>
+              <w:t>10 376,62 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>128 556,04 €</w:t>
+              <w:t>95 879,97 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB15_A1</w:t>
+              <w:t>BL18_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15,17 ha</w:t>
+              <w:t>14,13 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -16154,586 +16154,586 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 622,12 €/ha</w:t>
+              <w:t>18 103,37 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>130 797,56 €</w:t>
+              <w:t>255 800,62 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB17_04</w:t>
+              <w:t>RI11_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,18 ha</w:t>
+              <w:t>3,68 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHE-02-120</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-221,67 €/ha</w:t>
+              <w:t>7 513,58 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-926,58 €</w:t>
+              <w:t>27 649,97 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB17_04</w:t>
+              <w:t>RI27_A03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4,18 ha</w:t>
+              <w:t>16,10 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHP-03-120</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>60 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-207,20 €/ha</w:t>
+              <w:t>12 885,10 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-866,08 €</w:t>
+              <w:t>207 450,11 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL08_B01</w:t>
+              <w:t>BL24_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,50 ha</w:t>
+              <w:t>13,47 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ERS-06-070</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -16758,191 +16758,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>50 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 770,23 €/ha</w:t>
+              <w:t>10 216,87 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>885,12 €</w:t>
+              <w:t>137 621,24 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BR01_01</w:t>
+              <w:t>GB17_03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15,06 ha</w:t>
+              <w:t>3,61 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>PLA-07-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -16967,191 +16967,191 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20 %</w:t>
+              <w:t>8 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 391,19 €/ha</w:t>
+              <w:t>2 446,58 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>141 431,32 €</w:t>
+              <w:t>8 832,15 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BR01_B01</w:t>
+              <w:t>GB17_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2,25 ha</w:t>
+              <w:t>4,08 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>ALG-05-050</w:t>
+              <w:t>CED-08-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -17199,168 +17199,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-284,36 €/ha</w:t>
+              <w:t>3 941,15 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-639,81 €</w:t>
+              <w:t>16 079,89 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL21_A01</w:t>
+              <w:t>GB25_A01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>14,15 ha</w:t>
+              <w:t>10,24 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>PLA-07-070</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -17408,168 +17408,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 420,26 €/ha</w:t>
+              <w:t>9 231,89 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>76 696,68 €</w:t>
+              <w:t>94 534,55 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB04_A1</w:t>
+              <w:t>BL28_A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>13,24 ha</w:t>
+              <w:t>1,07 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>DOU-12-060</w:t>
+              <w:t>CHR-04-070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -17617,122 +17617,122 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 622,12 €/ha</w:t>
+              <w:t>1 702,28 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>114 156,87 €</w:t>
+              <w:t>1 821,44 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB22_B01</w:t>
+              <w:t>BL28_A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8,78 ha</w:t>
+              <w:t>9,19 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
@@ -17849,145 +17849,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7 970,49 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>69 980,90 €</w:t>
+              <w:t>73 248,80 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>RI22_F01</w:t>
+              <w:t>GB09_01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,42 ha</w:t>
+              <w:t>14,64 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>-##-###</w:t>
+              <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -18012,145 +18012,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 %</w:t>
+              <w:t>20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>10 504,79 €/ha</w:t>
+              <w:t>8 781,15 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 412,01 €</w:t>
+              <w:t>128 556,04 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BL09_B01</w:t>
+              <w:t>BL08_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,35 ha</w:t>
+              <w:t>0,50 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ERS-06-070</w:t>
             </w:r>
           </w:p>
@@ -18267,145 +18267,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1 770,23 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 389,81 €</w:t>
+              <w:t>885,12 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>BR09_C01</w:t>
+              <w:t>GB22_B01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,03 ha</w:t>
+              <w:t>8,78 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -18453,168 +18453,168 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>8 922,50 €/ha</w:t>
+              <w:t>7 970,49 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>9 190,18 €</w:t>
+              <w:t>69 980,90 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>GB01_C01</w:t>
+              <w:t>RI22_F01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,99 ha</w:t>
+              <w:t>0,42 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>CHR-04-070</w:t>
+              <w:t>-##-###</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,00 %</w:t>
             </w:r>
           </w:p>
@@ -18639,97 +18639,97 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>33 %</w:t>
+              <w:t>10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 539,27 €/ha</w:t>
+              <w:t>10 504,79 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 493,88 €</w:t>
+              <w:t>4 412,01 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>BL17_A01</w:t>