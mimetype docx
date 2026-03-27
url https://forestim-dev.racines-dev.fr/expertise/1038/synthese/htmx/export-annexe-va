--- v0 (2025-12-06)
+++ v1 (2026-03-27)
@@ -1142,677 +1142,50 @@
               <w:t>Valeur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>25A</w:t>
-[...625 lines deleted...]
-              </w:rPr>
               <w:t>10A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10,17 ha</w:t>
             </w:r>
@@ -1954,468 +1327,50 @@
               </w:rPr>
               <w:t>24 664,88 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>250 841,83 €</w:t>
-            </w:r>
-[...416 lines deleted...]
-              <w:t>52 084,71 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>14A</w:t>
@@ -2814,74 +1769,910 @@
               <w:t>24 520,94 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>7A</w:t>
+              <w:t>1A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>12,54 ha</w:t>
+              <w:t>2,28 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>DOU-12-060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>22 844,17 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>52 084,71 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>23,43 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>DOU-12-060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>24 399,16 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>571 672,32 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>25A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>27,40 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>DOU-12-060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>20 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>19 117,26 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>523 812,92 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>27A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>12,65 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>PLA-08-070</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>10 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>8 494,78 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>107 458,97 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>27B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3,89 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
@@ -2952,97 +2743,97 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 %</w:t>
+              <w:t>5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 068,57 €/ha</w:t>
+              <w:t>24 664,88 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>276 739,87 €</w:t>
+              <w:t>95 946,38 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5A</w:t>
@@ -3232,120 +3023,120 @@
               <w:t>260 707,78 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20A</w:t>
+              <w:t>6A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1020"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>23,43 ha</w:t>
+              <w:t>13,47 ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>DOU-12-060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="680"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="850"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2,00 %</w:t>
             </w:r>
           </w:p>
@@ -3370,97 +3161,306 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1134"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5 %</w:t>
+              <w:t>30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1871"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>24 399,16 €/ha</w:t>
+              <w:t>18 174,12 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>571 672,32 €</w:t>
+              <w:t>244 805,40 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>7A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1020"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>12,54 ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>DOU-12-060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="680"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="850"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2,00 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1134"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>15 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1871"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>22 068,57 €/ha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1701"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>276 739,87 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1701"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8A</w:t>