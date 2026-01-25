--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -73,51 +73,51 @@
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="4B5A4B"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Valeur de consommation par inventaire statistique</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:shd w:fill="F2F4F1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>STRATE MFT : 61% None, 39% Chêne</w:t>
+        <w:t>STRATE MFT : 92% Chêne, 8% Hêtre</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:type="auto" w:w="0"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblLook w:firstColumn="1" w:firstRow="1" w:lastColumn="0" w:lastRow="0" w:noHBand="0" w:noVBand="1" w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -145,51 +145,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur totale : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>622,492.70 €</w:t>
+              <w:t>1,764,500.20 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume unitaire : </w:t>
             </w:r>
             <w:r>
@@ -205,51 +205,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prix unitaire : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>65.59 €</w:t>
+              <w:t>185.92 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume /ha : </w:t>
             </w:r>
             <w:r>
@@ -265,51 +265,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Valeur /ha : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>6 739,78 €/ha</w:t>
+              <w:t>19 104,39 €/ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4320"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="737D6E"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface totale : </w:t>
             </w:r>
             <w:r>
@@ -538,50 +538,539 @@
               <w:t>Valeur</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1247"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>30 à 40 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>274</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="907"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="907"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>0,85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="907"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1814"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>16 211,30 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2041"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1247"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>45 à 65 cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 877</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="907"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3 582</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="907"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1,91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="907"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1814"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>680 616,10 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2041"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Chêne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1247"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>70 cm et +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="964"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>391</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="907"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="907"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3,16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="907"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="1814"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>395 056,00 €</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="2041"/>
+            <w:tcBorders>
+              <w:top w:sz="0" w:val="nil"/>
+              <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>Chêne brogneux</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1247"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>30 à 40 cm</w:t>
             </w:r>
@@ -653,74 +1142,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0,92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>70</w:t>
+              <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>17 539,90 €</w:t>
+              <w:t>15 034,20 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne brogneux</w:t>
@@ -816,74 +1305,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>170</w:t>
+              <w:t>165</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>407 932,00 €</w:t>
+              <w:t>395 934,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne brogneux</w:t>
@@ -979,74 +1468,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>250</w:t>
+              <w:t>280</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>150 792,50 €</w:t>
+              <w:t>168 887,60 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne gélif</w:t>
@@ -1305,74 +1794,74 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1,79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>90</w:t>
+              <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>18 852,30 €</w:t>
+              <w:t>25 136,40 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Chêne gélif</w:t>
@@ -1468,726 +1957,563 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>190</w:t>
+              <w:t>220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>22 876,00 €</w:t>
+              <w:t>26 488,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Hêtre branchu</w:t>
+              <w:t>Hêtre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1247"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>15 à 25 cm</w:t>
+              <w:t>30 à 40 cm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="964"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,11</w:t>
+              <w:t>0,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>96,80 €</w:t>
+              <w:t>1 204,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>None</w:t>
-[...162 lines deleted...]
-              <w:t>None</w:t>
+              <w:t>Hêtre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1247"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>45 à 65 cm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="964"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>2 390</w:t>
+              <w:t>513</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>4 292</w:t>
+              <w:t>710</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1,80</w:t>
+              <w:t>1,38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="4" w:val="dashed" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>35 481,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>None</w:t>
+              <w:t>Hêtre branchu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1247"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>70 cm et +</w:t>
+              <w:t>15 à 25 cm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="964"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>391</w:t>
+              <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1 235</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>3,16</w:t>
+              <w:t>0,11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="907"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1814"/>
             <w:tcBorders>
               <w:top w:sz="0" w:val="nil"/>
               <w:bottom w:sz="8" w:val="single" w:color="#000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>0,00 €</w:t>
+              <w:t>48,40 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2041"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1247"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="964"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>